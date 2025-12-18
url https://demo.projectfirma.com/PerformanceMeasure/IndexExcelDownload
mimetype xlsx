--- v0 (2025-10-13)
+++ v1 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09e6312d247b4cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f35f6c9231c946419c2ad357421241db.psmdcp" Id="Re0c8f29f72d24b98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R573bde14e5c345ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db9f0ab027ae4005bdee54af9ef70dd4.psmdcp" Id="Rb189de7f6abb4f32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Metrics" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Metrics</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>
@@ -55,180 +55,180 @@
   <x:si>
     <x:t>Default</x:t>
   </x:si>
   <x:si>
     <x:t>Area of brush removed in areas identified through assessment activities</x:t>
   </x:si>
   <x:si>
     <x:t>Acre (acres)</x:t>
   </x:si>
   <x:si>
     <x:t>Action Performed</x:t>
   </x:si>
   <x:si>
     <x:t>Enhanced</x:t>
   </x:si>
   <x:si>
     <x:t>Restored</x:t>
   </x:si>
   <x:si>
     <x:t>Habitat Type</x:t>
   </x:si>
   <x:si>
     <x:t>Aquatic</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">Oak Woodland and Prairie </x:t>
+  </x:si>
+  <x:si>
     <x:t>Dry-type forest</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Oak Woodland and Prairie </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Area of existing open forest habitat identified for protection</x:t>
   </x:si>
   <x:si>
     <x:t>Priority Level</x:t>
   </x:si>
   <x:si>
     <x:t>Priority 1</x:t>
   </x:si>
   <x:si>
+    <x:t>Priority 3</x:t>
+  </x:si>
+  <x:si>
     <x:t>Priority 2</x:t>
   </x:si>
   <x:si>
-    <x:t>Priority 3</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Local Support</x:t>
   </x:si>
   <x:si>
+    <x:t>Weak</x:t>
+  </x:si>
+  <x:si>
     <x:t>Decent</x:t>
   </x:si>
   <x:si>
     <x:t>Strong</x:t>
   </x:si>
   <x:si>
-    <x:t>Weak</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Area of non-federal lands identified as strategic restoration priorities</x:t>
   </x:si>
   <x:si>
     <x:t>Moderate</x:t>
   </x:si>
   <x:si>
     <x:t>Area of open habitat potential thinned/planted/restored</x:t>
   </x:si>
   <x:si>
     <x:t>Treatment Type</x:t>
   </x:si>
   <x:si>
     <x:t>Planted</x:t>
   </x:si>
   <x:si>
     <x:t>Thinned</x:t>
   </x:si>
   <x:si>
     <x:t>Area of planned fuels reduction treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Area to receive no mechanical treatment</x:t>
   </x:si>
   <x:si>
     <x:t>Average number of website visitors per month</x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (number)</x:t>
   </x:si>
   <x:si>
     <x:t>Visitor Type</x:t>
   </x:si>
   <x:si>
     <x:t>New</x:t>
   </x:si>
   <x:si>
     <x:t>Return</x:t>
   </x:si>
   <x:si>
     <x:t>Diversity of native plant species</x:t>
   </x:si>
   <x:si>
     <x:t>Number of field tour attendees</x:t>
   </x:si>
   <x:si>
     <x:t>Age Group</x:t>
   </x:si>
   <x:si>
+    <x:t>65 ys + old</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45-64 yrs old</x:t>
+  </x:si>
+  <x:si>
     <x:t>0-15 yrs old</x:t>
   </x:si>
   <x:si>
     <x:t>16-24 yrs old</x:t>
   </x:si>
   <x:si>
     <x:t>25-44 yrs old</x:t>
   </x:si>
   <x:si>
-    <x:t>45-64 yrs old</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Satisfaction Rating</x:t>
   </x:si>
   <x:si>
     <x:t>High</x:t>
   </x:si>
   <x:si>
     <x:t>Low</x:t>
   </x:si>
   <x:si>
     <x:t>Number of landowner contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Landowner Type</x:t>
   </x:si>
   <x:si>
     <x:t>Private</x:t>
   </x:si>
   <x:si>
     <x:t>Public</x:t>
   </x:si>
   <x:si>
     <x:t>Number of opportunities for safe controlled burning in the WUI</x:t>
   </x:si>
   <x:si>
     <x:t>Number of tours and presentations</x:t>
   </x:si>
   <x:si>
     <x:t>Type of Outreach</x:t>
   </x:si>
   <x:si>
+    <x:t>Tours</x:t>
+  </x:si>
+  <x:si>
     <x:t>Presentations</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Tours</x:t>
   </x:si>
   <x:si>
     <x:t>Proportion of identified legacy trees protected by thinning</x:t>
   </x:si>
   <x:si>
     <x:t>Percent (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Treatment Zone</x:t>
   </x:si>
   <x:si>
     <x:t>Community Defense Zone</x:t>
   </x:si>
   <x:si>
     <x:t>General Forest</x:t>
   </x:si>
   <x:si>
     <x:t>Threat Zone</x:t>
   </x:si>
   <x:si>
     <x:t>Urban Core</x:t>
   </x:si>
   <x:si>
     <x:t>Biomass Removal</x:t>
   </x:si>
@@ -621,54 +621,54 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:K50"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="62.900625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.130625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.950625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.580625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="23.890625" style="0" customWidth="1"/>
-    <x:col min="6" max="6" width="14.750625" style="0" customWidth="1"/>
-    <x:col min="7" max="7" width="24.220625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="24.220625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="14.750625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="17.970625" style="0" customWidth="1"/>
-    <x:col min="9" max="9" width="10.880625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="12.860625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="15.310625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="20.580625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:11">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:11">
       <x:c r="A2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
@@ -808,108 +808,108 @@
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="G13" s="0" t="s">
         <x:v>20</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="C14" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D14" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F14" s="0" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D17" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F17" s="0" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="0" t="s">
         <x:v>32</x:v>
@@ -942,57 +942,57 @@
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D23" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11">
       <x:c r="A25" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11">
       <x:c r="A26" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>35</x:v>
@@ -1150,54 +1150,54 @@
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11">
       <x:c r="A39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D39" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F39" s="0" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>20</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11">
       <x:c r="A41" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11">
       <x:c r="A42" s="0" t="s">
         <x:v>55</x:v>